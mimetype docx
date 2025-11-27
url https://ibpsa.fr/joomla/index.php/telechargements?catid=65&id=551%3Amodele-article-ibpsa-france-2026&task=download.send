--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,102 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="483551FE" w14:textId="77777777" w:rsidR="008505CE" w:rsidRDefault="00A9368A" w:rsidP="00C83F5D">
-[...10 lines deleted...]
-    <w:p w14:paraId="4097656D" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="003F4B84">
+    <w:p w14:paraId="483551FE" w14:textId="77777777" w:rsidR="008505CE" w:rsidRPr="00531B93" w:rsidRDefault="00A9368A" w:rsidP="00531B93">
+      <w:pPr>
+        <w:pStyle w:val="Titre"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00531B93">
+        <w:t>Titre de l’article (respecter la police et la taille)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4097656D" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceAuteurs"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Prénom Nom</w:t>
       </w:r>
       <w:r>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>, Prénom Nom</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> des auteurs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1ACC82" w14:textId="77777777" w:rsidR="00F21165" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00F21165">
+    <w:p w14:paraId="0B1ACC82" w14:textId="77777777" w:rsidR="00F21165" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceAuteurs"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="style411"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Entité de rattachement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -128,692 +126,590 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="style411"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="007A45FC">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>adresse.electronique@ibpsa.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74076DE4" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="007A45FC" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="74076DE4" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="007A45FC" w:rsidRDefault="008F5184">
       <w:pPr>
         <w:pStyle w:val="Filetrsumhaut"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C0FC7DA" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="003F4B84">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceRsum"/>
       </w:pPr>
       <w:r w:rsidRPr="007A45FC">
         <w:t xml:space="preserve">RESUME. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Le Comité d’organisation remercie les auteurs pour le strict respect qu’ils accorderont à ces dispositions. La taille de ce résumé ne doit pas dépasser dix lignes. Il est à composer en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008C3A96">
         <w:t>arial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> corps 9 italique, interligné 11 points. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6472D221" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00AA52EE">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceMotsCls"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>MOTS-CLÉS : insérer 3 mots-clés décrivant au mieux votre article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F43753" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="23F43753" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="008F5184">
       <w:pPr>
         <w:pStyle w:val="Filetrsumbas"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AFB1DE0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="6AFB1DE0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="008F5184">
       <w:pPr>
         <w:pStyle w:val="Filetrsumhaut"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EB61974" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="0064040D" w:rsidRDefault="00A9368A" w:rsidP="009912AC">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceRsum"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064040D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ABSTRACT. The publisher would be grateful to authors for respecting these indications. The length of this summary may attain ten lines. It is to be written in size 9 italic arial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AFB5360" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="0064040D" w:rsidRDefault="00A9368A" w:rsidP="00AA52EE">
       <w:pPr>
         <w:pStyle w:val="IbpsaFranceMotsCls"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064040D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">KEYWORDS : significant words, in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0064040D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>english</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0064040D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, will be separated as key words.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BA7AB8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="46BA7AB8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="008F5184">
       <w:pPr>
         <w:pStyle w:val="Filetrsumbas"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B02AD99" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008C3A96">
+    <w:p w14:paraId="7B02AD99" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00EB79B9" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB79B9">
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CAAEBC" w14:textId="62743B2F" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="30CAAEBC" w14:textId="62743B2F" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00252087">
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Ce texte donne </w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>les consignes à respecter impérativement</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> pour garantir la qualité et l’homogénéité des communications. Si vous utiliser </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MS</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Word</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0064040D">
         <w:t>Libre</w:t>
       </w:r>
       <w:r>
-        <w:t>Office</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Office </w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>pour la rédaction de l'article, il est conseill</w:t>
       </w:r>
       <w:r w:rsidR="0064040D">
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> que vous utilis</w:t>
       </w:r>
       <w:r w:rsidR="0064040D">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">ez ce document comme modèle. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9E285A" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A9E285A" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00252087">
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Les communications ne devront pas dépasser </w:t>
       </w:r>
       <w:r w:rsidRPr="00713A4E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>8 pages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507EFE87" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008C3A96">
+    <w:p w14:paraId="507EFE87" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00BD0893" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD0893">
         <w:t>Présentation du texte courant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F76838" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008C3A96">
+    <w:p w14:paraId="32F76838" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00ED4AA2" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
+      <w:r w:rsidRPr="00ED4AA2">
         <w:t xml:space="preserve">L’ensemble du texte est composé en « Times New Roman », corps 11, minuscule, interligné 16 points au moins, sans césure dans le texte, avec un alinéa de première ligne de </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="5ﾠmm"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="008C3A96">
+        <w:r w:rsidRPr="00ED4AA2">
           <w:t>5 mm</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="008C3A96">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> ligne &gt; positif &gt; 0,5cm). Un espace de </w:t>
+      <w:r w:rsidRPr="00ED4AA2">
+        <w:t xml:space="preserve"> et justifié (Format &gt; paragraphe &gt; retrait &gt; 1re ligne &gt; positif &gt; 0,5cm). Un espace de </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="6 pts"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="008C3A96">
+        <w:r w:rsidRPr="00ED4AA2">
           <w:t>6 pts</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="008C3A96">
+      <w:r w:rsidRPr="00ED4AA2">
         <w:t xml:space="preserve"> est défini après chaque paragraphe (format &gt; paragraphe &gt; espace après : </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="6 pts"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="008C3A96">
+        <w:r w:rsidRPr="00ED4AA2">
           <w:t>6 pts</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="008C3A96">
+      <w:r w:rsidRPr="00ED4AA2">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58660AC1" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="58660AC1" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Format de page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB762DB" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="008C3A96">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008C3A96">
+    <w:p w14:paraId="5DB762DB" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00EB79B9" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB79B9">
         <w:t>Marges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F58561B" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5F58561B" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t>Les pages possèdent les caractéristiques suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEC2EE3" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5AEC2EE3" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t>– largeur des textes (ou justification) : 160 mm exactement,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CF9594" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31CF9594" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t>– hauteur des textes, y compris les notes : 247 mm maximum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AA23D0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="00075721">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="03AA23D0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="00075721">
         <w:t>Les marges à définir sont les suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312C9C42" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-        <w:ind w:left="284" w:firstLine="360"/>
+    <w:p w14:paraId="312C9C42" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00023BC4">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Haut</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2,5 cm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17736493" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17736493" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
+      <w:r>
+        <w:tab/>
+        <w:t>Bas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2,5 cm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E611A7" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t>Bas</w:t>
+        <w:t>Gauche</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2,5 cm</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="008C3A96">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Gauche</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C3A96">
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
+        <w:t>En-tête</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>2,5 cm</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>1,5 cm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553FFAA0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...6 lines deleted...]
-        <w:ind w:firstLine="284"/>
+    <w:p w14:paraId="553FFAA0" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Droite</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2,5 cm</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Pied de page</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1,5 cm</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre2"/>
+    </w:p>
+    <w:p w14:paraId="127EA67E" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>En-tête et pied de page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC5E580" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="00075721">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1FC5E580" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="00075721">
         <w:t xml:space="preserve">La pagination est insérée en pied de page en Times New Roman, corps 10. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06021C0C" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="00075721">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="06021C0C" w14:textId="2AC47182" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="00075721">
-        <w:t xml:space="preserve">Insérer le titre « …Conférence IBPSA France – </w:t>
-[...8 lines deleted...]
-        <w:t>2014</w:t>
+        <w:t xml:space="preserve">Insérer le titre « …Conférence IBPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63861">
+        <w:t xml:space="preserve">France – Lyon – </w:t>
+      </w:r>
+      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63861">
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00075721">
         <w:t>… » en en-tête en Times New Roman, corps 9 petite majuscule. Affichage &gt; En-tête et pied de page &gt; première page différente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FAA2D9" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="19FAA2D9" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Composition de la première page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4611EF" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTexte"/>
+    <w:p w14:paraId="3F4611EF" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Le titre de la communication doit être informatif et concis. Le titre est composé en Times New roman 14 gras minuscule, justifié.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2AD304" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTexte"/>
+    <w:p w14:paraId="7E2AD304" w14:textId="4234B670" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00023BC4" w:rsidP="001F3968">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C3A96">
-[...5 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTexte"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9368A" w:rsidRPr="008C3A96">
+        <w:t xml:space="preserve">rénom et nom de l’auteur : en corps 12 gras romain minuscule ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEE2E73" w14:textId="0C07DD54" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00023BC4" w:rsidP="001F3968">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C3A96">
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9368A" w:rsidRPr="008C3A96">
+        <w:t>oordonnées des auteurs (appartenance, adresse professionnelle) : en corps 10 italique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B78BE22" w14:textId="24C29AF0" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="00075721">
-        <w:t xml:space="preserve">Le résumé et les mots-clés sont indiqués impérativement en français et en anglais dans l’ordre suivant  : résumé, mots-clés, abstract, et keywords. </w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Le résumé et les mots-clés sont indiqués impérativement en français et en anglais dans l’ordre suivant : résumé, mots-clés, abstract, et keywords. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3222D55A" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="00075721">
         <w:t>Cet ensemble est composé en corps 9 italique, minuscule, sauf les termes : (RÉSUMÉ. ABSTRACT. MOTS-CLÉS : KEYWORDS : qui sont en capitales) interligné 11 points et espacés de 3 pts entre les paragraphes. Le paragraphe (résumé + mots clés) ou (abstract + keywords) est bordé d’un trait supérieur fin et d’un trait inférieur fin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5F9D9B" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="7D5F9D9B" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Titre des paragraphes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582E4130" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="582E4130" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t>Ils se présentent ainsi :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0187AE46" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="0064040D">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="0187AE46" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Titre de niveau 1 (style </w:t>
       </w:r>
       <w:r>
         <w:t>IbpsaFranceTitre</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>1) (</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="12 PTS"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="008C3A96">
           <w:t>12 pts</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> avant, 12 après)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D35731E" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00883FE0">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre2"/>
+    <w:p w14:paraId="4D35731E" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Titre de niveau 2 (style </w:t>
       </w:r>
       <w:r>
         <w:t>IbpsaFranceTitre</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>2) (9 pts avant, 9 après)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168E2EE1" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...15 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="168E2EE1" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="00EB79B9" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Titre3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB79B9">
+        <w:t>Titre de niveau 3 (style IbpsaFranceTitre3) (6 pts avant, 6 après)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A918AC" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Figures et tableaux</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D245B65" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5D245B65" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t>Les figures, illustrations et tableaux doivent être incorporés au texte. Les photographies sont en format JPEG (résolution : 300 DPI). Les figures et illustrations sont numérotées de 1 à n à l’intérieur de l’article. Idem pour les tableaux. Des légendes explicites les accompagnent, composées en Times new roman 11, centré, sans alinéa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D31485" w14:textId="6B83F6F6" w:rsidR="00FB15D9" w:rsidRDefault="00A9368A" w:rsidP="00D36322">
+    <w:p w14:paraId="308B4115" w14:textId="77777777" w:rsidR="00EB79B9" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
       <w:pPr>
         <w:pStyle w:val="IbpasFranceFigure"/>
+        <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644EA816" wp14:editId="0BA59CFB">
             <wp:extent cx="2057400" cy="2057400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
@@ -826,93 +722,120 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="2057400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC7228E" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00D36322">
-[...4 lines deleted...]
-        <w:t>Figure i : Légende de la figure.</w:t>
+    <w:p w14:paraId="7AC7228E" w14:textId="4EBD2632" w:rsidR="00FB15D9" w:rsidRPr="00EB79B9" w:rsidRDefault="00EB79B9" w:rsidP="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Lgende"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB79B9">
+        <w:t>Légende de la figure</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1329"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1062"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="1332"/>
+        <w:gridCol w:w="1332"/>
+        <w:gridCol w:w="1332"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB15D9" w:rsidRPr="00F92763" w14:paraId="327C0B57" w14:textId="77777777" w:rsidTr="00FB15D9">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4485A589" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00FB15D9" w:rsidRDefault="00B5053E" w:rsidP="00FB15D9">
+          <w:p w14:paraId="4485A589" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00FB15D9" w:rsidRDefault="008F5184" w:rsidP="00FB15D9">
             <w:pPr>
               <w:pStyle w:val="IbpsaFranceTexteTableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="562C4DAA" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00F92763" w:rsidRDefault="00A9368A" w:rsidP="00FB15D9">
             <w:pPr>
               <w:pStyle w:val="IbpsaFranceTexteTableau"/>
             </w:pPr>
             <w:r>
               <w:t>Vitre 1 4mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1175,239 +1098,276 @@
           </w:tcPr>
           <w:p w14:paraId="33813D86" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00F92763" w:rsidRDefault="00A9368A" w:rsidP="00FB15D9">
             <w:pPr>
               <w:pStyle w:val="IbpsaFranceTexteTableau"/>
             </w:pPr>
             <w:r w:rsidRPr="00F92763">
               <w:t>transmission sola</w:t>
             </w:r>
             <w:r>
               <w:t>ire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00221AB5" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00F92763" w:rsidRDefault="00A9368A" w:rsidP="00FB15D9">
+          <w:p w14:paraId="00221AB5" w14:textId="77777777" w:rsidR="00FB15D9" w:rsidRPr="00F92763" w:rsidRDefault="00A9368A" w:rsidP="00EB79B9">
             <w:pPr>
               <w:pStyle w:val="IbpsaFranceTexteTableau"/>
+              <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="00F92763">
               <w:t>45.75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FE1C9A8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...9 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:p w14:paraId="5BE730FD" w14:textId="1CF1A600" w:rsidR="00EB79B9" w:rsidRDefault="00EB79B9">
+      <w:pPr>
+        <w:pStyle w:val="Lgende"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tableau </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:instrText xml:space="preserve"> SEQ Tableau \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5184">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB79B9">
+        <w:t>Légende du tableau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6401F82A" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Formules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9A3DB2" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3A9A3DB2" w14:textId="301288E4" w:rsidR="003F4B84" w:rsidRDefault="00A9368A" w:rsidP="001F3968">
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Les formules sont numérotées de </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> entre crochets. Ce numéro, placé sur la première (ou la dernière) ligne de la formule, est aligné sur la marge de droite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3DB8B8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00920EC6">
-[...56 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTitre1"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8217"/>
+        <w:gridCol w:w="843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00635B99" w14:paraId="3AAD6849" w14:textId="77777777" w:rsidTr="00635B99">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090ACA1C" w14:textId="1E2FCD26" w:rsidR="00635B99" w:rsidRDefault="00635B99" w:rsidP="00635B99">
+            <w:pPr>
+              <w:pStyle w:val="ibpsaEquation"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001F3968">
+              <w:object w:dxaOrig="6500" w:dyaOrig="680" w14:anchorId="019076F2">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:324.95pt;height:33.8pt" o:ole="" fillcolor="window">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1824972388" r:id="rId11"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF853A2" w14:textId="50925423" w:rsidR="00635B99" w:rsidRDefault="00635B99" w:rsidP="00635B99">
+            <w:pPr>
+              <w:pStyle w:val="ibpsaEquation"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001F3968">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5184">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="008F5184">
+              <w:instrText xml:space="preserve"> SEQ Équation \* ARABIC </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008F5184">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001F3968">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5184">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="001F3968">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3CE449A1" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00BD0893">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3A96">
         <w:t>Bibliographie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE976B7" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1CE976B7" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00806314">
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve">Composées en Times New Roman 11, interligne simple, les références sont rassemblées en fin d’article par ordre alphabétique, espacées les unes des autres de 6 points. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437BFA0F" w14:textId="77777777" w:rsidR="00920EC6" w:rsidRDefault="00A9368A">
-[...4 lines deleted...]
-        <w:t>Pour ceux qui utilisent un logiciel d'édition de bibliographie (</w:t>
+    <w:p w14:paraId="437BFA0F" w14:textId="77777777" w:rsidR="00920EC6" w:rsidRDefault="00A9368A" w:rsidP="00806314">
+      <w:r>
+        <w:t xml:space="preserve">Pour ceux qui utilisent un logiciel d'édition de bibliographie (Zotero, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Zotero</w:t>
+        <w:t>Endnote</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> etc.), le style utilisé est Chicago (auteur-date).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0634F868" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0634F868" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00806314">
       <w:r w:rsidRPr="008C3A96">
         <w:t>1)  Pour les ouvrages : titre en italique, le reste en romain.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ex : </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"p4gnq30F","properties":{"formattedCitation":"(Peuportier 2003)","plainCitation":"(Peuportier 2003)"},"citationItems":[{"id":360,"uris":["http://zotero.org/users/local/PaQSKZcf/items/TRXT4TGX"],"uri":["http://zotero.org/users/local/PaQSKZcf/items/TRXT4TGX"],"itemData":{"id":360,"type":"book","title":"Eco-conception des bâtiments: bâtir en préservant l'environnement","collection-title":"Sciences de la terre et de l'environnement","publisher":"les Presses de l'Ecole des mines","publisher-place":"Paris","number-of-pages":"276 p","event-place":"Paris","abstract":"FR BNF AFNOR intermrc","ISBN":"2-911762-43-6 br. 50 EUR","author":[{"family":"Peuportier","given":"Bruno"}],"issued":{"date-parts":[["2003"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:t>(Peuportier 2003)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392A50EC" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="392A50EC" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00806314">
       <w:r w:rsidRPr="008C3A96">
         <w:t>2)  Pour les revues et actes de conférences publiés : titre de la revue ou de la conférence en italique, le reste en romain.</w:t>
       </w:r>
       <w:r w:rsidRPr="00063808">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ex  : </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"PI0vD0HL","properties":{"formattedCitation":"(Wetter 2009)","plainCitation":"(Wetter 2009)"},"citationItems":[{"id":531,"uris":["http://zotero.org/users/local/PaQSKZcf/items/3CKRZ4Z2"],"uri":["http://zotero.org/users/local/PaQSKZcf/items/3CKRZ4Z2"],"itemData":{"id":531,"type":"article-journal","title":"Modelica-based modelling and simulation to support research and development in building energy and control systems","container-title":"Journal of Building Performance Simulation","page":"143-161","volume":"2","issue":"2","source":"Taylor and Francis+NEJM","DOI":"10.1080/19401490902818259","ISSN":"1940-1493","author":[{"family":"Wetter","given":"Michael"}],"issued":{"date-parts":[["2009"]]},"accessed":{"date-parts":[["2012",12,7]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:t>(Wetter 2009)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -1443,785 +1403,847 @@
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> auteurs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"htsI79Ot","properties":{"formattedCitation":"(Spitz et al. 2012; Dumas et al. 2012)","plainCitation":"(Spitz et al. 2012; Dumas et al. 2012)"},"citationItems":[{"id":822,"uris":["http://zotero.org/users/local/PaQSKZcf/items/TPMXA5A5"],"uri":["http://zotero.org/users/local/PaQSKZcf/items/TPMXA5A5"],"itemData":{"id":822,"type":"article-journal","title":"Practical application of uncertainty analysis and sensitivity analysis on an experimental house","container-title":"Energy and Buildings","page":"459-470","volume":"55","source":"ScienceDirect","abstract":"Today, simulation tools are widely used to design buildings because their energy performance is increasing. Simulation is used at different stages to predict the building's energy performance and to improve the thermal comfort of its occupants, but also to reduce the environmental impact of the building over its whole life cycle and lower the cost of construction and operation. Simulation has become an essential decision support tool, but its reliability should not be overlooked. It is important to evaluate the reliability of simulation and measurement as well as uncertainty so as to improve building design. This work aimed to evaluate and order the uncertainty of the simulation results during the design process. A three-step methodology was developed to determine influential parameters in the building's energy performance and to identify the influence of parameter uncertainty on the building performance. This methodology was applied at the INCAS experimental platform of the French National Institute of Solar Energy (INES) in Le-Bourget-du-Lac to identify and measure the uncertainty in a simulation hypothesis. The method can be used during the entire design process of a building, from preliminary sketches to operating phase.","DOI":"10.1016/j.enbuild.2012.08.013","ISSN":"0378-7788","journalAbbreviation":"Energy and Buildings","author":[{"family":"Spitz","given":"Clara"},{"family":"Mora","given":"Laurent"},{"family":"Wurtz","given":"Etienne"},{"family":"Jay","given":"Arnaud"}],"issued":{"date-parts":[["2012",12]]},"accessed":{"date-parts":[["2014",1,22]],"season":"09:54:51"}}},{"id":148,"uris":["http://zotero.org/users/local/PaQSKZcf/items/CJTACM2X"],"uri":["http://zotero.org/users/local/PaQSKZcf/items/CJTACM2X"],"itemData":{"id":148,"type":"paper-conference","title":"Nécessité de l’interprétation correcte de la calorimétrie pour l’utilisation des Matériaux à Changement de Phases (MCP)","container-title":"SFT 2012","publisher-place":"Bordeaux","page":"575-582","volume":"2","event":"Congrès Français de Thermique","event-place":"Bordeaux","author":[{"family":"Dumas","given":"Jean-Pierre"},{"family":"Gibout","given":"Stéphane"},{"family":"Zalewski","given":"Laurent"},{"family":"Johannes","given":"Kevyn"},{"family":"Franquet","given":"Edwin"},{"family":"Lassue","given":"Stéphane"},{"family":"Bedecarrats","given":"Jean-Pierre"},{"family":"Tittelein","given":"Pierre"}],"issued":{"date-parts":[["2012",5,29]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:t>(Spitz et al. 2012; Dumas et al. 2012)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour plus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276F4ED8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="276F4ED8" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRPr="008C3A96" w:rsidRDefault="00A9368A" w:rsidP="00806314">
       <w:r w:rsidRPr="008C3A96">
         <w:t xml:space="preserve"> 3) Pour les rapports internes et les thèses : texte tout en romain.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ex  : </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"00FRh7qP","properties":{"formattedCitation":"(Bozonnet 2005)","plainCitation":"(Bozonnet 2005)"},"citationItems":[{"id":181,"uris":["http://zotero.org/users/local/PaQSKZcf/items/4TT8KIR4"],"uri":["http://zotero.org/users/local/PaQSKZcf/items/4TT8KIR4"],"itemData":{"id":181,"type":"thesis","title":"Impact des microclimats urbains sur la demande énergétique des bâtiments - Cas de la rue canyon","publisher":"Université de la Rochelle,","genre":"Thèse de doctorat","abstract":"Les systèmes de conditionnement des ambiances intérieures participent pour une part importante à la demande énergétique des bâtiments, notamment en été. L'objectif de cette étude est de définir par des simulations thermoaérauliques l'interaction du microclimat urbain avec le bâti et sa demande énergéti-que de climatisation dans le cas d'une rue canyon.Le modèle choisi, de type zonal, nous permet de décrire les paramètres de température et de vitesse d'air dans la rue, avec un degré de précision intermédiaire entre la modélisation CFD fine et les appro-ches nodales simplifiées. L'ensoleillement et les inter-réflexions dans la rue sont ensuite modélisés par une méthode simplifiée, développée et appliquée à l'étude de la convection naturelle dans une rue. Les écoulements dominants dus au vent sont par ailleurs étudiés à partir de données expérimentales, sur la base desquelles un modèle simplifié est proposé, en conditions isothermes. Le couplage des effets du vent et de la convection naturelle a été étudié dans le cas d'une rue canyon sur 28 jours. Nous concluons sur l'importance de la modélisation thermoaéraulique pour la détermination de l'effet d'îlot de chaleur urbain, ainsi que la demande énergétique des bâtiments.","URL":"http://tel.archives-ouvertes.fr/tel-00011115","author":[{"family":"Bozonnet","given":"Emmanuel"}],"issued":{"date-parts":[["2005"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E16237">
         <w:t>(Bozonnet 2005)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74307787" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRDefault="00A9368A" w:rsidP="00075721">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="74307787" w14:textId="77777777" w:rsidR="003F4B84" w:rsidRDefault="00A9368A" w:rsidP="00806314">
       <w:r w:rsidRPr="00075721">
         <w:t>Voici, en guise d’exemple, quelques cas de figures parmi les plus courants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026665B1" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="026665B1" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...5 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_BIBL {"custom":[]} CSL_BIBLIOGRAPHY </w:instrText>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Bozonnet, Emmanuel. 2005. « Impact des microclimats urbains sur la demande énergétique des bâtiments - Cas de la rue canyon ». Thèse de doctorat, Université de la Rochelle,. http://tel.archives-ouvertes.fr/tel-00011115.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D57DD4A" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="2D57DD4A" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dumas, Jean-Pierre, Stéphane Gibout, Laurent Zalewski, Kevyn Johannes, Edwin Franquet, Stéphane Lassue, Jean-Pierre Bedecarrats, et Pierre Tittelein. 2012. « Nécessité de l’interprétation correcte de la calorimétrie pour l’utilisation des Matériaux à Changement de Phases (MCP) ». In </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>SFT 2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>, 2:575</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>582. Bordeaux.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED13D40" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="1ED13D40" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nassiopoulos, Alexandre, et Frédéric Bourquin. 2010. « Fast three-dimensional temperature reconstruction ». </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Computer Methods in Applied Mechanics and Engineering</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 199 (49–52): 3169</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3178. doi:10.1016/j.cma.2010.06.022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2770CD" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="5C2770CD" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Peuportier, Bruno. 2003. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Eco-conception des bâtiments: bâtir en préservant l’environnement</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>. Sciences de la terre et de l’environnement. Paris: les Presses de l’Ecole des mines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701F5D49" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="701F5D49" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Spitz, Clara, Laurent Mora, Etienne Wurtz, et Arnaud Jay. 2012. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">« Practical application of uncertainty analysis and sensitivity analysis on an experimental house ». </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Energy and Buildings</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55: 459</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>470. doi:10.1016/j.enbuild.2012.08.013.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4A9A2C" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
+    <w:p w14:paraId="7E4A9A2C" w14:textId="77777777" w:rsidR="00B32A8F" w:rsidRPr="00B32A8F" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
       <w:pPr>
         <w:pStyle w:val="Bibliographie"/>
-        <w:spacing w:before="120"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Wetter, Michael. 2009. « Modelica-based modelling and simulation to support research and development in building energy and control systems ». </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Journal of Building Performance Simulation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2 (2): 143</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00B32A8F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>161. doi:10.1080/19401490902818259.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F09967A" w14:textId="77777777" w:rsidR="00CE6FBD" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="00B32A8F">
-[...1 lines deleted...]
-        <w:pStyle w:val="IbpsaFranceTexte"/>
+    <w:p w14:paraId="0F09967A" w14:textId="77777777" w:rsidR="00CE6FBD" w:rsidRPr="00075721" w:rsidRDefault="00A9368A" w:rsidP="00AA1537">
+      <w:pPr>
         <w:spacing w:before="120"/>
+        <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CE6FBD" w:rsidRPr="00075721" w:rsidSect="008A16E3">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="00CE6FBD" w:rsidRPr="00075721" w:rsidSect="002D079B">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E96FD95" w14:textId="77777777" w:rsidR="00B5053E" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="76FD5BDE" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="70BA3C8C" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="33B1AC17" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="4223B11E" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="6E4E9FAA" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="59503FCE" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="76ACB632" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="5AD69FBD" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3515FF0D" w14:textId="77777777" w:rsidR="00B5053E" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="7C4955C1" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="246BD2B6" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="577F64DC" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="4D4D3678" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="262F7EAD" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="071B679A" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="41622DA0" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="6E7D332E" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="30456CDB" w14:textId="77777777" w:rsidR="00544473" w:rsidRDefault="00A9368A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="30456CDB" w14:textId="77777777" w:rsidR="00544473" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="726DD0D7" w14:textId="77777777" w:rsidR="00544473" w:rsidRDefault="00B5053E">
+  <w:p w14:paraId="726DD0D7" w14:textId="77777777" w:rsidR="00544473" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
+  <w:p w14:paraId="793E0F61" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="757CC23C" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="0A4A76DB" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="28D46FA4" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="28F4F22E" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="467BD779" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
+  <w:p w14:paraId="0850149F" w14:textId="77777777" w:rsidR="0052362A" w:rsidRDefault="0052362A" w:rsidP="00ED4AA2"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="4C4508F2" w14:textId="443700FF" w:rsidR="00544473" w:rsidRPr="00496594" w:rsidRDefault="00A9368A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4C4508F2" w14:textId="443700FF" w:rsidR="00544473" w:rsidRPr="00496594" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005A7D3A">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00496594">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
-  </w:p>
-[...5 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3DF56B32" w14:textId="5201AE15" w:rsidR="00F23F0C" w:rsidRPr="00496594" w:rsidRDefault="00A9368A" w:rsidP="00F23F0C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="725A261E" w14:textId="727C623A" w:rsidR="00ED4AA2" w:rsidRPr="00ED4AA2" w:rsidRDefault="00A9368A" w:rsidP="00ED4AA2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-[...7 lines deleted...]
-        <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
-    <w:r w:rsidRPr="00496594">
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00496594">
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00496594">
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005A7D3A">
+    <w:r w:rsidR="005A7D3A" w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-[...1 lines deleted...]
-        <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00496594">
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00496594">
+    <w:r w:rsidRPr="00ED4AA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
-        <w:i/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve"> -</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-  </w:p>
-[...6 lines deleted...]
-      <w:tab/>
+    <w:r w:rsidR="00ED4AA2" w:rsidRPr="00ED4AA2">
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+      <w:t>-</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47829F16" w14:textId="77777777" w:rsidR="00B5053E" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="7ABF8427" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="203DB897" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="7ADF4C66" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="6382D333" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="2CED25F8" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="20D657CA" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="59F298CD" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="4ADCE80F" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E03A7D4" w14:textId="77777777" w:rsidR="00B5053E" w:rsidRDefault="00B5053E">
+    <w:p w14:paraId="236EAC48" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="67D40FA9" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="4D69A780" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="694BC2EC" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="1A81C761" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="7FCAA070" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="1B79DE7A" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
+    <w:p w14:paraId="2D58B67A" w14:textId="77777777" w:rsidR="008F5184" w:rsidRDefault="008F5184" w:rsidP="00ED4AA2"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...48 lines deleted...]
-  <w:p w14:paraId="7B38B255" w14:textId="5F29EDBD" w:rsidR="00544473" w:rsidRPr="00056C2B" w:rsidRDefault="00B5053E" w:rsidP="00056C2B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2BAEA804" w14:textId="77777777" w:rsidR="00C63861" w:rsidRDefault="00C63861">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="01B425B1" w14:textId="01481DDD" w:rsidR="00754643" w:rsidRPr="008A16E3" w:rsidRDefault="00A9368A" w:rsidP="008A16E3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="60B19DC3" w14:textId="321E3FB7" w:rsidR="0052362A" w:rsidRDefault="00056C2B" w:rsidP="00ED4AA2">
     <w:pPr>
-      <w:pStyle w:val="en-tte-Rencontres"/>
-[...2 lines deleted...]
-      </w:pBdr>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r w:rsidRPr="008A16E3">
-      <w:rPr>
-[...4 lines deleted...]
-      <w:t>Conférence IBPSA France-</w:t>
+      <w:t xml:space="preserve">Conférence IBPSA </w:t>
+    </w:r>
+    <w:r w:rsidR="00C63861">
+      <w:t xml:space="preserve">France – </w:t>
     </w:r>
     <w:r w:rsidR="005A7D3A">
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>Lyon</w:t>
     </w:r>
+    <w:r w:rsidR="00C63861">
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
     <w:r w:rsidRPr="008A16E3">
-      <w:rPr>
-[...4 lines deleted...]
-      <w:t>-20</w:t>
+      <w:t>20</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="005A7D3A">
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="051C93E8" w14:textId="2D856D98" w:rsidR="0052362A" w:rsidRPr="00DE002F" w:rsidRDefault="00A9368A" w:rsidP="00DE002F">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00DE002F">
+      <w:t>Conférence IBPSA France-</w:t>
+    </w:r>
+    <w:r w:rsidR="005A7D3A" w:rsidRPr="00DE002F">
+      <w:t>Lyon</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DE002F">
+      <w:t>-202</w:t>
+    </w:r>
+    <w:r w:rsidR="005A7D3A" w:rsidRPr="00DE002F">
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D22A45BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7AE8ABE4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E1C00A82"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E11ECD6A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C2BE67B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="52AC1D4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F62215EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0992A246"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A05C9104"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="89201416"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08A84036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F8CCC82"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2290,54 +2312,166 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14BE5F99"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="588C8906"/>
+    <w:lvl w:ilvl="0" w:tplc="FD66F370">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2256749F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="57026428"/>
+    <w:tmpl w:val="8F94906C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="IbpsaFranceTitre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="IbpsaFranceTitre2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -2412,86 +2546,86 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="287378A0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D02CC6BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36035067"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A6C2D118"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38C8190D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4E441C6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:kern w:val="2"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
@@ -2583,112 +2717,112 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BC5352E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="31B0ADBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AAF69ED"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="14348F54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="571" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="28"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A42704D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FD66F370"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AF76E16"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E50548A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -2758,161 +2892,218 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064040D"/>
+    <w:rsid w:val="00023BC4"/>
     <w:rsid w:val="00056C2B"/>
+    <w:rsid w:val="001F3968"/>
+    <w:rsid w:val="00252087"/>
+    <w:rsid w:val="002B304D"/>
+    <w:rsid w:val="002D079B"/>
+    <w:rsid w:val="00383482"/>
+    <w:rsid w:val="003A4546"/>
+    <w:rsid w:val="0052362A"/>
+    <w:rsid w:val="00531B93"/>
     <w:rsid w:val="005A7D3A"/>
+    <w:rsid w:val="00635B99"/>
     <w:rsid w:val="0064040D"/>
+    <w:rsid w:val="007463DE"/>
+    <w:rsid w:val="00806314"/>
+    <w:rsid w:val="008F5184"/>
+    <w:rsid w:val="00956352"/>
     <w:rsid w:val="00A9368A"/>
+    <w:rsid w:val="00AA1537"/>
     <w:rsid w:val="00B5053E"/>
+    <w:rsid w:val="00BD0893"/>
+    <w:rsid w:val="00C63861"/>
+    <w:rsid w:val="00CC1A79"/>
+    <w:rsid w:val="00DE002F"/>
+    <w:rsid w:val="00DE7CAE"/>
+    <w:rsid w:val="00EB79B9"/>
+    <w:rsid w:val="00ED4AA2"/>
+    <w:rsid w:val="00F71C20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DD80BEE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{44CC3750-BC52-40A1-8826-C789DA1546BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3134,51 +3325,51 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
@@ -3240,93 +3431,107 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00383482"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="12"/>
+      </w:numPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="120" w:line="320" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="IbpsaFranceTitre1"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD0893"/>
     <w:pPr>
-      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="IbpsaFranceTitre2"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB79B9"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="IbpsaFranceTitre3"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB79B9"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0064040D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
@@ -3476,454 +3681,396 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00ED4AA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:overflowPunct w:val="0"/>
-[...38 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Numrodepage">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Policepardfaut"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DE002F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="220" w:lineRule="exact"/>
+      <w:jc w:val="right"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="adresse">
+    <w:name w:val="adresse"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceRsum">
     <w:name w:val="IbpsaFranceRésumé"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="009912AC"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="220" w:lineRule="exact"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Filetrsumhaut">
     <w:name w:val="Filet résumé haut"/>
-    <w:basedOn w:val="Normal"/>
+    <w:next w:val="IbpsaFranceRsum"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00023BC4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="3" w:color="auto"/>
       </w:pBdr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="480"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Filetrsumbas">
     <w:name w:val="Filet résumé bas"/>
-    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00023BC4"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="5" w:color="auto"/>
       </w:pBdr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:sz w:val="8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
-    <w:pPr>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceBibliographie">
     <w:name w:val="IbpsaFranceBibliographie"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="120"/>
       <w:ind w:left="284" w:hanging="284"/>
-      <w:jc w:val="both"/>
-      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE7C3E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceTitre2">
     <w:name w:val="IbpsaFranceTitre2"/>
-    <w:basedOn w:val="IbpsaFranceTexte"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0064040D"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1537"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="180" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:smallCaps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceTitre3">
     <w:name w:val="IbpsaFranceTitre3"/>
-    <w:basedOn w:val="IbpsaFranceTexte"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0064040D"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1537"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliographie">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00CE6FBD"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceTitre1">
     <w:name w:val="IbpsaFranceTitre1"/>
-    <w:basedOn w:val="IbpsaFranceTexte"/>
-    <w:next w:val="IbpsaFranceTexte"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:qFormat/>
-    <w:rsid w:val="0064040D"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1537"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
+        <w:ilvl w:val="0"/>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceTitre">
-    <w:name w:val="IbpsaFranceTitre"/>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0064040D"/>
+    <w:rsid w:val="001F3968"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceAuteurs">
     <w:name w:val="IbpsaFranceAuteurs"/>
-    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
+    <w:rsid w:val="00BD0893"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="480"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="en-tte-Rencontres">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ibpsaEquation">
+    <w:name w:val="ibpsaEquation"/>
+    <w:basedOn w:val="Lgende"/>
+    <w:link w:val="ibpsaEquationCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635B99"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...5 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:smallCaps/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:position w:val="-28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="motsclsenfranais">
     <w:name w:val="mots clés en français"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Filetrsumbas"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3402"/>
       </w:tabs>
-      <w:overflowPunct w:val="0"/>
-[...2 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="60"/>
-      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rsumenanglais">
     <w:name w:val="résumé en anglais"/>
     <w:basedOn w:val="IbpsaFranceRsum"/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="motsclsenanglais">
     <w:name w:val="mots clés en anglais"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Filetrsumbas"/>
-    <w:pPr>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceFigureLegende">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceFormule">
     <w:name w:val="IbpsaFranceFormule"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7371"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceMotsCls">
     <w:name w:val="IbpsaFranceMotsClés"/>
     <w:basedOn w:val="IbpsaFranceRsum"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AA52EE"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="style581">
     <w:name w:val="style581"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00DE7079"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="style411">
     <w:name w:val="style411"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00DE7079"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
@@ -3941,139 +4088,178 @@
     <w:semiHidden/>
     <w:rsid w:val="00136D69"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:semiHidden/>
     <w:rsid w:val="00136D69"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00883FE0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lgende">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="LgendeCar"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00920EC6"/>
+    <w:rsid w:val="00AA1537"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+      </w:numPr>
+      <w:spacing w:after="240"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableMainHead">
     <w:name w:val="Table Main Head"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FB15D9"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:kern w:val="28"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableText">
     <w:name w:val="Table Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FB15D9"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="28"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceTexteTableau">
     <w:name w:val="IbpsaFranceTexteTableau"/>
-    <w:basedOn w:val="IbpsaFranceTexte"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB15D9"/>
+    <w:rsid w:val="00AA1537"/>
     <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+      </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:firstLine="0"/>
+      <w:ind w:firstLine="284"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpasFranceFigure">
     <w:name w:val="IbpasFranceFigure"/>
-    <w:basedOn w:val="IbpsaFranceFigureLegende"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00D36322"/>
+    <w:rsid w:val="00AA1537"/>
     <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+      </w:numPr>
       <w:spacing w:after="0"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IbpsaFranceConf">
     <w:name w:val="IbpsaFranceConf"/>
     <w:basedOn w:val="IbpsaFranceAuteurs"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="008505CE"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F23F0C"/>
+    <w:rsid w:val="00ED4AA2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:next w:val="IbpsaFranceAuteurs"/>
+    <w:qFormat/>
+    <w:rsid w:val="00531B93"/>
     <w:pPr>
-      <w:spacing w:after="300"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="600"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="17365D"/>
-      <w:sz w:val="52"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sous-titre">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:i/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0064040D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
@@ -4123,61 +4309,106 @@
     <w:semiHidden/>
     <w:rsid w:val="0064040D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
     <w:name w:val="Titre 9 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0064040D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00635B99"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="LgendeCar">
+    <w:name w:val="Légende Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Lgende"/>
+    <w:uiPriority w:val="35"/>
+    <w:rsid w:val="00AA1537"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ibpsaEquationCar">
+    <w:name w:val="ibpsaEquation Car"/>
+    <w:basedOn w:val="LgendeCar"/>
+    <w:link w:val="ibpsaEquation"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00383482"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:position w:val="-28"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.krauss@insa-lyon.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.krauss@insa-lyon.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4452,75 +4683,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{278B9074-4CD9-4DA9-8F97-D5A7C3222DD6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2305</Words>
-  <Characters>12679</Characters>
+  <Words>2312</Words>
+  <Characters>12721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Instructions aux auteurs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université d'Artois</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14955</CharactersWithSpaces>
+  <CharactersWithSpaces>15003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1638449</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gerard.krauss@insa-lyon.fr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>